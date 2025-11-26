--- v0 (2025-10-20)
+++ v1 (2025-11-26)
@@ -1,8378 +1,3985 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bmp" ContentType="image/bmp"/>
-[...4 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="tif" ContentType="image/tif"/>
-[...1 lines deleted...]
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
-  <Override PartName="/ppt/media/image1.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId5"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...1 lines deleted...]
-  </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId8"/>
+    <p:sldId id="256" r:id="rId2"/>
   </p:sldIdLst>
-  <p:sldSz cx="24384000" cy="13716000"/>
+  <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:defPPr>
+      <a:defRPr lang="en-US"/>
+    </a:defPPr>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...26 lines deleted...]
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="0" marR="0" indent="457200" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="0" marR="0" indent="914400" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="0" marR="0" indent="1371600" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="0" marR="0" indent="1828800" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="0" marR="0" indent="2286000" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="0" marR="0" indent="2743200" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="0" marR="0" indent="3200400" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="0" marR="0" indent="3657600" algn="l" defTabSz="2438339" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-        <a:uFillTx/>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
-        <a:sym typeface="Helvetica Neue"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
-<file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-  <p:showPr loop="0"/>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+    </p:ext>
+  </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{5940675A-B579-460E-94D1-54222C63F5DA}">
-[...1786 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" showComments="1"/>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15987" autoAdjust="0"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
+  <p:slideViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr>
+        <p:scale>
+          <a:sx n="71" d="100"/>
+          <a:sy n="71" d="100"/>
+        </p:scale>
+        <p:origin x="1170" y="948"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
+  <p:gridSpacing cx="72008" cy="72008"/>
+</p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
-[...9 lines deleted...]
-  <p:cSld>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="168" name="Shape 168"/>
-[...2 lines deleted...]
-            <p:ph type="sldImg"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EA8CFF8-642D-FA84-82EA-39709BEB0FD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="685800"/>
-            <a:ext cx="4572000" cy="3429000"/>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...11 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="1"/>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CCD66D-FEEB-D551-6221-8080191CEA5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914400" y="4343400"/>
-            <a:ext cx="5029200" cy="4114800"/>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CECFC02F-915F-C1BA-26EE-D7853425B40C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03C23706-788F-8752-40FD-A032B6B9FFE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ECFEAB1-2A29-0A02-CEE7-390E1DD2006C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="38001466"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...191 lines deleted...]
-  <p:cSld name="Title">
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Author and Date"/>
-[...148 lines deleted...]
-              <a:t>Presentation Subtitle</a:t>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2F407A5-602F-0234-2FA0-5F8796B0C1EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BA90D41-7DE4-4343-89FD-B4AD03E41854}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:t/>
-[...26 lines deleted...]
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E436CAAC-53F4-28AE-A0F4-7A7CAC4AB134}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{757864A8-89FB-EDCD-5CDF-01A2309E76C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AB4C825-F47F-D303-A3E1-F9B3D45A6D97}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4175101611"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" type="tx" showMasterSp="1" showMasterPhAnim="1">
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Vertical Title and Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Vertical Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AE2AA82-B815-A352-4661-04916C45769F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8724900" y="365125"/>
+            <a:ext cx="2628900" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89DE9DF7-E2CF-499E-168D-8230E087BBE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="7734300" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F00D0810-DC79-BE9D-2DCB-6A9E2F59A92F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{989B60B8-C479-830F-4FA8-07F4BF534C35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{361FB0FC-708A-1F0A-F034-24B288BB9A44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3722204846"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C06C647-A966-AACF-0BA1-839AAF50D474}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90EFEEEA-925F-9C2E-699F-2A5B17F05204}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86E2742C-2211-FA04-76C5-E122E2A27C89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6A60280-AF6C-88B2-1970-0D107DCEDEA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{200F65E1-E5A8-7B31-431A-970C3AC41CEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2461712227"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Section Header">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0504B25-8C6D-3890-1FE2-18C4380FB9C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="1709738"/>
+            <a:ext cx="10515600" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA8915C2-57DF-11F8-F593-D44485C8F02B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="4589463"/>
+            <a:ext cx="10515600" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1D434E6-2F4F-E598-1CAB-D42BBACE453F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDDEF786-3D15-B6A1-020F-65A265E8B3CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DDD7427-9BB9-DAD5-016C-1C24AC160921}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1504299911"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Two Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A72DB650-4157-0396-96FC-33920C4B6DEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF0178A6-1FE7-39BE-D58B-B82BD96414D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{762C8018-95DC-74D1-E349-A5D903753BE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F36F1E86-75AC-FD7D-800C-0292CD437E37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC08326C-C8CE-0082-4EC1-5EAF4DD54EFD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1330531-E483-7F3A-2CA9-DFD5EE553511}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241257405"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAC812BA-C48A-9652-B582-E053BBDDD1BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D80AD6F4-0796-8A76-6674-14517BF04738}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="1681163"/>
+            <a:ext cx="5157787" cy="823912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8618F47E-3E58-5CA7-9366-946FF54D0D18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="2505075"/>
+            <a:ext cx="5157787" cy="3684588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52A873B7-FE7D-7A27-2858-DAAC4E6278AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1681163"/>
+            <a:ext cx="5183188" cy="823912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A08B3FF-0409-9E53-DDF3-FE4C633C1883}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="2505075"/>
+            <a:ext cx="5183188" cy="3684588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B06B8F3C-6B2A-7ECF-C10C-F0B339F79C35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8A32A4C-B980-E80A-114D-F5EF1DCDA12A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD09642B-8F53-5A84-6C40-089D886055AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2557554692"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="99" name="Slide Title"/>
-[...79 lines deleted...]
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43A89575-1551-32FA-C9B5-4D6F4FD3787B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6A67E30-7318-ADEB-0708-1EF0E20E245C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA08826C-0384-0DE5-EF4F-8EC197624185}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C79273B5-7559-F33F-902A-B6F4A530A134}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2042834012"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...996 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" type="tx" showMasterSp="1" showMasterPhAnim="1">
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="162" name="Slide Number"/>
-[...15 lines deleted...]
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{317C59E1-8EF5-6F21-58B2-39E3E43B9EEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83A2D46C-7A01-8BFE-EC09-1E5F384B2A33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7948E99A-ECEF-8D60-8E6F-C3B495DE9102}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="462541744"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title &amp; Photo">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Green, hilly landscape"/>
-[...2 lines deleted...]
-            <p:ph type="pic" idx="21"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B89E4FE-6F70-D0C9-2EDE-23920BA34BB2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1012031" y="0"/>
-            <a:ext cx="22409241" cy="13716000"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...28 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr spc="-228" sz="11400"/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr/>
-[...11 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="1" hasCustomPrompt="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D32C4037-3DDD-728C-25C2-F4FEEB6B49AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="11858625"/>
-            <a:ext cx="16323470" cy="1006753"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" indent="457200" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" indent="914400" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" indent="1371600" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" indent="1828800" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr/>
-[...1 lines deleted...]
-              <a:t>Presentation Subtitle</a:t>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:t/>
-[...9 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="22" hasCustomPrompt="1"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B79377BD-266F-AFAF-6DC0-F131A061139F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="803671"/>
-            <a:ext cx="16323471" cy="648365"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="3200"/>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr/>
-[...28 lines deleted...]
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12133925-66D1-CD3D-3339-72F2C5FC9658}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CDD2E5A-AD5D-ADC9-F5CD-E6BD44DF4EC2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{945FE782-A359-788A-3E09-5143FD6045F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4174285841"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title &amp; Photo Alt">
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Slide Title"/>
-[...2 lines deleted...]
-            <p:ph type="title" hasCustomPrompt="1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F344DEB3-C2CC-AF8A-153B-C0105B5E2DB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="973876"/>
-            <a:ext cx="7179470" cy="6169874"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
-          <a:lstStyle/>
-[...13 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="1" hasCustomPrompt="1"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9BC4A5F-4157-8E4C-E89D-37C672A96B70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="7036593"/>
-            <a:ext cx="7179470" cy="5687672"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" indent="457200" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" indent="914400" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" indent="1371600" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" indent="1828800" defTabSz="825500">
-[...8 lines deleted...]
-              <a:defRPr b="1" sz="5200"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr/>
-[...35 lines deleted...]
-            <p:ph type="pic" idx="21"/>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9A4B2C9-FD68-B1EE-6945-EDD8A4D9A650}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10423921" y="946546"/>
-            <a:ext cx="11787472" cy="11796389"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="91439" tIns="45719" rIns="91439" bIns="45719">
-[...26 lines deleted...]
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C81B7AF-DD6B-7E3E-43E2-2E4778312C5B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3720D04-B79A-8F96-04EC-09860D76CD3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC414129-9F1A-EDFA-C93A-F44E23A242C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2196898552"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...877 lines deleted...]
-
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...3 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Slide Title"/>
-[...2 lines deleted...]
-            <p:ph type="title" hasCustomPrompt="1"/>
+          <p:cNvPr id="2" name="Title Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{799683AE-3348-5779-0F20-3A41DD668DD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="619125"/>
-            <a:ext cx="16323470" cy="1428751"/>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
-[...6 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="71437" tIns="71437" rIns="71437" bIns="71437">
-            <a:normAutofit fontScale="100000" lnSpcReduction="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr/>
-[...11 lines deleted...]
-            <p:ph type="body" idx="1" hasCustomPrompt="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32722AA9-1DBE-2277-420B-6C9F2EF41390}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4030265" y="4158129"/>
-            <a:ext cx="16323470" cy="8572501"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
-[...6 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="71437" tIns="71437" rIns="71437" bIns="71437">
-            <a:normAutofit fontScale="100000" lnSpcReduction="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr/>
-[...1 lines deleted...]
-              <a:t>Slide bullet text</a:t>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:t/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:t/>
-[...9 lines deleted...]
-            <p:ph type="sldNum" sz="quarter" idx="2"/>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52B84CB2-40DB-D698-927B-C72F87A9664A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11982348" y="12954296"/>
-            <a:ext cx="409779" cy="415875"/>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="71437" tIns="71437" rIns="71437" bIns="71437" anchor="b">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr" defTabSz="821531">
-[...6 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr/>
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum"/>
+            <a:fld id="{82B94DA6-F807-4575-87D7-C2CDB8C240CB}" type="datetimeFigureOut">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>20/11/2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41098F09-B27F-DE3F-FA61-B6299530DB2B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038600" y="6356350"/>
+            <a:ext cx="4114800" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68FAB18-08FC-6097-3ADB-F44E48059EB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610600" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="82000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{14C04A35-80A2-441B-A85C-5D561F34F1A9}" type="slidenum">
+              <a:rPr lang="en-GB" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2788845144"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId2"/>
-[...15 lines deleted...]
-    <p:sldLayoutId id="2147483665" r:id="rId18"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
-[...235 lines deleted...]
-      <a:lvl1pPr marL="533400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPct val="0"/>
         </a:spcBef>
-        <a:spcAft>
-[...7 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:buNone/>
+        <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
-[...3 lines deleted...]
-          <a:sym typeface="Helvetica Neue"/>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="914400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl2pPr>
-      <a:lvl3pPr marL="1295400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl3pPr>
-      <a:lvl4pPr marL="1676400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl5pPr>
-      <a:lvl6pPr marL="2438400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl6pPr>
-      <a:lvl7pPr marL="2819400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
-      </a:lvl8pPr>
-      <a:lvl9pPr marL="3581400" marR="0" indent="-533400" algn="l" defTabSz="2438339" rtl="0" latinLnBrk="0">
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="4500"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
-        <a:spcAft>
-[...4 lines deleted...]
-        <a:buFontTx/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:tabLst/>
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="4200" u="none">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:lvl1pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="0" marR="0" indent="457200" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="0" marR="0" indent="914400" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="0" marR="0" indent="1371600" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="0" marR="0" indent="1828800" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="0" marR="0" indent="2286000" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="0" marR="0" indent="2743200" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="0" marR="0" indent="3200400" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="0" marR="0" indent="3657600" algn="ctr" defTabSz="821531" rtl="0" latinLnBrk="0">
-[...14 lines deleted...]
-        <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:uFillTx/>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
-          <a:sym typeface="Helvetica Neue"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" showMasterSp="1" showMasterPhAnim="1">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="171" name="InsightMag_PromoSlide2025_16x9_v1.jpg" descr="InsightMag_PromoSlide2025_16x9_v1.jpg"/>
+          <p:cNvPr id="5" name="Picture 4" descr="A magazine with a few magazines&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38678479-0F91-40A2-C7A9-01811C70BCFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
-            <a:extLst/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-81555" y="-45874"/>
-            <a:ext cx="24547110" cy="13807748"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="848946221"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" spd="med" advClick="1"/>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="20_BasicBlack">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="20_BasicBlack">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="434343"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="A9A9A9"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="0076BA"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="05A89D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="1DB100"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="F9B900"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="EE220D"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="CB297B"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="FF00FF"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="20_BasicBlack">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="20_BasicBlack">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="129999"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
-    <a:spDef>
-[...279 lines deleted...]
-      </a:lstStyle>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
       <a:style>
-        <a:lnRef idx="0"/>
-[...287 lines deleted...]
-        <a:fontRef idx="none"/>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
       </a:style>
     </a:lnDef>
-    <a:txDef>
-[...284 lines deleted...]
-    </a:txDef>
   </a:objectDefaults>
-</a:theme>
-[...1049 lines deleted...]
-  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010078465730ECA6F84894B336617C80ED68" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9ba4aa35dc0b0211c81324d9f723061f">
-[...1 lines deleted...]
-    <xsd:import namespace="9f0f2e89-49dd-43a4-9ec1-d664928cbe33"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FAF61617D938124983B71A29EC3E2A47" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a37eeeb08cdd52af847dc7b0116b5aa3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ecb7abe0-9da2-4589-8d4a-888071269d1d" xmlns:ns3="00645629-2034-41b8-9d80-a4ae1ff4f2e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f566f2cbccfc35a329e9630bdc7f29c8" ns2:_="" ns3:_="">
+    <xsd:import namespace="ecb7abe0-9da2-4589-8d4a-888071269d1d"/>
     <xsd:import namespace="00645629-2034-41b8-9d80-a4ae1ff4f2e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9f0f2e89-49dd-43a4-9ec1-d664928cbe33" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ecb7abe0-9da2-4589-8d4a-888071269d1d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a79bdbd1-61ad-46bb-9ec6-61eb39a91e7f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a79bdbd1-61ad-46bb-9ec6-61eb39a91e7f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="00645629-2034-41b8-9d80-a4ae1ff4f2e2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7ccd342f-6324-466e-a286-384b3dde7521}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="00645629-2034-41b8-9d80-a4ae1ff4f2e2">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7ccd342f-6324-466e-a286-384b3dde7521}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="00645629-2034-41b8-9d80-a4ae1ff4f2e2">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -8451,60 +4058,126 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="00645629-2034-41b8-9d80-a4ae1ff4f2e2" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9f0f2e89-49dd-43a4-9ec1-d664928cbe33">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ecb7abe0-9da2-4589-8d4a-888071269d1d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="00645629-2034-41b8-9d80-a4ae1ff4f2e2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEEA01C4-D98D-45DC-ADA6-0BF07D3CBDC6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6E48074-6DEF-4D06-9AAC-DB4FA9A0E1E5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F796291-99FD-4CF6-8049-8AAAE92B8FCA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{695895BD-2313-4BE2-B914-C6A1AAA21B4A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90C7425A-9B5D-4861-88C2-40F575661502}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{238CAC9D-E100-4B6C-A722-0ECB1717472A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
+  <Words>0</Words>
+  <Application>Microsoft Office PowerPoint</Application>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>0</Paragraphs>
+  <Slides>1</Slides>
+  <Notes>0</Notes>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Theme</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Slide Titles</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Aptos Display</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:creator>Nigel McQuillan</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010078465730ECA6F84894B336617C80ED68</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LastSaved">
+    <vt:filetime>2025-11-20T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
+    <vt:filetime>2025-11-20T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
+    <vt:lpwstr>0x010100FAF61617D938124983B71A29EC3E2A47</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Creator">
+    <vt:lpwstr>Adobe InDesign 20.4 (Macintosh)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 17.0</vt:lpwstr>
   </property>
 </Properties>
 </file>